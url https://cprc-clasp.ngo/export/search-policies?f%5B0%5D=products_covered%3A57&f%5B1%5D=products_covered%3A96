--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -12,777 +12,1057 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1046,1973 +1326,2238 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
         <v>2017</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>43</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
         <v>2019</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>38</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
         <v>47</v>
       </c>
-      <c r="L6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
         <v>2015</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K8"/>
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K9"/>
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>65</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="N10" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>65</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>66</v>
+      <c r="I11">
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2012</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2016</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="K12" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="L12" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="N12" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>86</v>
+      </c>
+      <c r="F14" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>88</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>113</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>43</v>
       </c>
-      <c r="D13" t="s">
-[...115 lines deleted...]
-      <c r="N15" t="s">
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>129</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
         <v>86</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" t="s">
+      <c r="F18" t="s">
         <v>87</v>
       </c>
-      <c r="B16" t="s">
-[...93 lines deleted...]
-        <v>2011</v>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
-      <c r="I18" t="s">
-        <v>74</v>
+      <c r="I18">
+        <v>2011</v>
       </c>
       <c r="J18" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="K18" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="N18" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>43</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="G19">
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="K19" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="L19" t="s">
-        <v>109</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="N19" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2021</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2019</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>30</v>
+        <v>152</v>
       </c>
       <c r="K20" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="L20" t="s">
-        <v>115</v>
+        <v>153</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D21" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2019</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="K21" t="s">
-        <v>119</v>
+        <v>35</v>
       </c>
       <c r="L21" t="s">
-        <v>115</v>
+        <v>160</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="N21" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="B22" t="s">
-        <v>122</v>
+        <v>164</v>
       </c>
       <c r="C22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2004</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>88</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>128</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>172</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2023</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>173</v>
+      </c>
+      <c r="K23" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>174</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>88</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24" t="s">
+        <v>58</v>
+      </c>
+      <c r="M24" t="s">
+        <v>47</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>182</v>
+      </c>
+      <c r="C25" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>88</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>47</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>51</v>
+      </c>
+      <c r="C26" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>187</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>188</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>53</v>
+      </c>
+      <c r="M26" t="s">
+        <v>189</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>188</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" t="s">
+        <v>194</v>
+      </c>
+      <c r="M27" t="s">
+        <v>195</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>42</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>45</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" t="s">
+        <v>200</v>
+      </c>
+      <c r="M28" t="s">
+        <v>189</v>
+      </c>
+      <c r="N28" t="s">
+        <v>65</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>205</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>206</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>208</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>213</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>172</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>216</v>
+      </c>
+      <c r="P30" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>218</v>
+      </c>
+      <c r="B31" t="s">
+        <v>219</v>
+      </c>
+      <c r="C31" t="s">
+        <v>220</v>
+      </c>
+      <c r="D31" t="s">
+        <v>221</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>43</v>
       </c>
-      <c r="D22" t="s">
-[...190 lines deleted...]
-      <c r="K26" t="s">
+      <c r="G31" t="s">
         <v>44</v>
       </c>
-      <c r="L26" t="s">
-[...43 lines deleted...]
-      <c r="L27" t="s">
+      <c r="H31">
+        <v>2025</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>222</v>
+      </c>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>223</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" t="s">
         <v>142</v>
       </c>
-      <c r="M27" t="s">
-[...2 lines deleted...]
-      <c r="N27" t="s">
+      <c r="C32" t="s">
         <v>143</v>
       </c>
-    </row>
-[...179 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
-      <c r="I32" t="s">
-        <v>107</v>
+      <c r="I32">
+        <v>2011</v>
       </c>
       <c r="J32" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="K32" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="L32" t="s">
-        <v>109</v>
+        <v>145</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="N32" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>166</v>
+        <v>229</v>
       </c>
       <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>221</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2025</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>222</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>223</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>235</v>
+      </c>
+      <c r="D34" t="s">
+        <v>236</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>237</v>
+      </c>
+      <c r="K34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L34" t="s">
+        <v>238</v>
+      </c>
+      <c r="M34" t="s">
+        <v>239</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>244</v>
+      </c>
+      <c r="D35" t="s">
+        <v>245</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>172</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>246</v>
+      </c>
+      <c r="K35" t="s">
+        <v>247</v>
+      </c>
+      <c r="L35" t="s">
+        <v>248</v>
+      </c>
+      <c r="M35" t="s">
+        <v>249</v>
+      </c>
+      <c r="N35" t="s">
+        <v>65</v>
+      </c>
+      <c r="O35" t="s">
+        <v>250</v>
+      </c>
+      <c r="P35" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>252</v>
+      </c>
+      <c r="B36" t="s">
+        <v>253</v>
+      </c>
+      <c r="C36" t="s">
+        <v>254</v>
+      </c>
+      <c r="D36" t="s">
+        <v>255</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>172</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>256</v>
+      </c>
+      <c r="K36" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>257</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B37" t="s">
+        <v>261</v>
+      </c>
+      <c r="C37" t="s">
+        <v>262</v>
+      </c>
+      <c r="D37" t="s">
+        <v>236</v>
+      </c>
+      <c r="E37" t="s">
+        <v>86</v>
+      </c>
+      <c r="F37" t="s">
+        <v>87</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>263</v>
+      </c>
+      <c r="K37" t="s">
+        <v>35</v>
+      </c>
+      <c r="L37" t="s">
+        <v>264</v>
+      </c>
+      <c r="M37" t="s">
+        <v>265</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>266</v>
+      </c>
+      <c r="P37" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>268</v>
+      </c>
+      <c r="B38" t="s">
+        <v>269</v>
+      </c>
+      <c r="C38" t="s">
+        <v>262</v>
+      </c>
+      <c r="D38" t="s">
+        <v>236</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>172</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
         <v>159</v>
       </c>
-      <c r="C33" t="s">
-[...96 lines deleted...]
-      <c r="H35">
+      <c r="K38" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" t="s">
+        <v>270</v>
+      </c>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>274</v>
+      </c>
+      <c r="B39" t="s">
+        <v>275</v>
+      </c>
+      <c r="C39" t="s">
+        <v>111</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>114</v>
+      </c>
+      <c r="K39" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39" t="s">
+        <v>276</v>
+      </c>
+      <c r="M39" t="s">
+        <v>115</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>277</v>
+      </c>
+      <c r="P39" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>279</v>
+      </c>
+      <c r="B40" t="s">
+        <v>280</v>
+      </c>
+      <c r="C40" t="s">
+        <v>151</v>
+      </c>
+      <c r="D40" t="s">
+        <v>281</v>
+      </c>
+      <c r="E40" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" t="s">
+        <v>87</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>282</v>
+      </c>
+      <c r="K40" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40" t="s">
+        <v>283</v>
+      </c>
+      <c r="M40" t="s">
+        <v>284</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>287</v>
+      </c>
+      <c r="B41" t="s">
+        <v>288</v>
+      </c>
+      <c r="C41" t="s">
+        <v>151</v>
+      </c>
+      <c r="D41" t="s">
+        <v>33</v>
+      </c>
+      <c r="E41" t="s">
+        <v>86</v>
+      </c>
+      <c r="F41" t="s">
+        <v>87</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
         <v>2021</v>
       </c>
-      <c r="I35" t="s">
-[...252 lines deleted...]
-      <c r="H41">
+      <c r="J41" t="s">
+        <v>152</v>
+      </c>
+      <c r="K41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41" t="s">
+        <v>289</v>
+      </c>
+      <c r="M41" t="s">
+        <v>284</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>290</v>
+      </c>
+      <c r="P41" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>292</v>
+      </c>
+      <c r="B42" t="s">
+        <v>293</v>
+      </c>
+      <c r="C42" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42" t="s">
+        <v>52</v>
+      </c>
+      <c r="E42" t="s">
+        <v>86</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>294</v>
+      </c>
+      <c r="H42">
         <v>2021</v>
       </c>
-      <c r="I41" t="s">
-[...25 lines deleted...]
-      <c r="C42" t="s">
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>159</v>
+      </c>
+      <c r="K42" t="s">
+        <v>35</v>
+      </c>
+      <c r="L42" t="s">
+        <v>295</v>
+      </c>
+      <c r="M42" t="s">
+        <v>296</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>297</v>
+      </c>
+      <c r="P42" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>299</v>
+      </c>
+      <c r="B43" t="s">
+        <v>300</v>
+      </c>
+      <c r="C43" t="s">
+        <v>301</v>
+      </c>
+      <c r="D43" t="s">
+        <v>302</v>
+      </c>
+      <c r="E43" t="s">
+        <v>86</v>
+      </c>
+      <c r="F43" t="s">
         <v>43</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42">
+      <c r="G43" t="s">
+        <v>44</v>
+      </c>
+      <c r="H43">
         <v>2021</v>
       </c>
-      <c r="H42"/>
-[...38 lines deleted...]
-      <c r="G43">
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>159</v>
+      </c>
+      <c r="K43" t="s">
+        <v>35</v>
+      </c>
+      <c r="L43" t="s">
+        <v>303</v>
+      </c>
+      <c r="M43" t="s">
+        <v>304</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>305</v>
+      </c>
+      <c r="P43" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>307</v>
+      </c>
+      <c r="B44" t="s">
+        <v>308</v>
+      </c>
+      <c r="C44" t="s">
+        <v>301</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>86</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>44</v>
+      </c>
+      <c r="H44">
         <v>2021</v>
       </c>
-      <c r="H43"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="K44" t="s">
-        <v>222</v>
+        <v>35</v>
       </c>
       <c r="L44" t="s">
-        <v>219</v>
+        <v>309</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N44" t="s">
-        <v>223</v>
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>310</v>
+      </c>
+      <c r="P44" t="s">
+        <v>311</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>