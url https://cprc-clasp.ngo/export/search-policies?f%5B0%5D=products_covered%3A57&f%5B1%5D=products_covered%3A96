--- v1 (2025-11-29)
+++ v2 (2026-03-05)
@@ -691,69 +691,69 @@
   <si>
     <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
@@ -2827,51 +2827,51 @@
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>218</v>
       </c>
       <c r="B31" t="s">
         <v>219</v>
       </c>
       <c r="C31" t="s">
         <v>220</v>
       </c>
       <c r="D31" t="s">
         <v>221</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>43</v>
       </c>
       <c r="G31" t="s">
         <v>44</v>
       </c>
       <c r="H31">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>222</v>
       </c>
       <c r="K31" t="s">
         <v>35</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>223</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>224</v>
       </c>
       <c r="P31" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>226</v>