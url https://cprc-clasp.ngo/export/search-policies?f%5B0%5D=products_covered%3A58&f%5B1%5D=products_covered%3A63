--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,546 +12,704 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -815,1293 +973,1462 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...53 lines deleted...]
-      <c r="I4" t="s">
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
         <v>34</v>
       </c>
-      <c r="J4" t="s">
-[...9 lines deleted...]
-      <c r="N4" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
         <v>36</v>
       </c>
-    </row>
-[...82 lines deleted...]
-      <c r="N6" t="s">
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>58</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
         <v>2009</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>96</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>1985</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" t="s">
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>64</v>
       </c>
-      <c r="B10" t="s">
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>73</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>133</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>137</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>64</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
         <v>65</v>
       </c>
-      <c r="C10" t="s">
+      <c r="M18" t="s">
         <v>66</v>
       </c>
-      <c r="D10" t="s">
-[...27 lines deleted...]
-      <c r="N10" t="s">
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C19" t="s">
         <v>71</v>
       </c>
-      <c r="B11" t="s">
-[...344 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>58</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N19" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
         <v>2009</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="K20" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N20" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="B21"/>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2011</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2018</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="N21" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>115</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>28</v>
+        <v>155</v>
       </c>
       <c r="D22" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="F22" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
         <v>2015</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="K22" t="s">
-        <v>117</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>118</v>
+        <v>156</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="N22" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>163</v>
       </c>
       <c r="E23" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>95</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2017</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2021</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>124</v>
+        <v>164</v>
       </c>
       <c r="K23" t="s">
-        <v>125</v>
+        <v>165</v>
       </c>
       <c r="L23" t="s">
-        <v>126</v>
+        <v>166</v>
       </c>
       <c r="M23" t="s">
-        <v>104</v>
+        <v>167</v>
       </c>
       <c r="N23" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>137</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E24" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>72</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
-      <c r="I24" t="s">
-        <v>51</v>
+      <c r="I24">
+        <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="K24" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="N24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="D25" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F25" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>50</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="H25"/>
-      <c r="I25" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
         <v>132</v>
       </c>
-      <c r="J25" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E26" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>50</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2013</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2020</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>31</v>
+        <v>184</v>
       </c>
       <c r="K26" t="s">
-        <v>138</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>139</v>
+        <v>185</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="N26" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>141</v>
+        <v>189</v>
       </c>
       <c r="B27" t="s">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
-        <v>28</v>
+        <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="F27" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
         <v>2015</v>
       </c>
-      <c r="H27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>31</v>
+        <v>192</v>
       </c>
       <c r="K27" t="s">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>194</v>
       </c>
       <c r="N27" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>197</v>
       </c>
       <c r="B28" t="s">
-        <v>142</v>
+        <v>198</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>191</v>
       </c>
       <c r="D28" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="F28" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>72</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
         <v>2015</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>31</v>
+        <v>199</v>
       </c>
       <c r="K28" t="s">
-        <v>149</v>
+        <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>145</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
-        <v>150</v>
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>