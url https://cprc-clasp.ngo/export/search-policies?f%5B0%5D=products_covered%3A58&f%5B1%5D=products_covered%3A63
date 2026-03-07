--- v1 (2025-11-28)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -271,50 +271,53 @@
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
@@ -1451,948 +1454,948 @@
       </c>
       <c r="P9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>82</v>
       </c>
       <c r="B10" t="s">
         <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>84</v>
       </c>
       <c r="D10" t="s">
         <v>85</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>50</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
         <v>51</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>1985</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>64</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14" t="s">
         <v>50</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>64</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2013</v>
       </c>
       <c r="J15" t="s">
         <v>64</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>73</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
         <v>63</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>64</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18" t="s">
         <v>65</v>
       </c>
       <c r="M18" t="s">
         <v>66</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
         <v>73</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>74</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P19" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
         <v>71</v>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>34</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>73</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
         <v>79</v>
       </c>
       <c r="M20" t="s">
         <v>74</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P20" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
         <v>63</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2018</v>
       </c>
       <c r="J21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>34</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2017</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>72</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
         <v>64</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
         <v>65</v>
       </c>
       <c r="M24" t="s">
         <v>66</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>34</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C26" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D26" t="s">
         <v>48</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>50</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P26" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>34</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M27" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28" t="s">
         <v>72</v>
       </c>
       <c r="G28" t="s">
         <v>34</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">