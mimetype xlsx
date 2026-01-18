--- v0 (2025-10-12)
+++ v1 (2026-01-18)
@@ -12,546 +12,700 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -815,1249 +969,1410 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...28 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...32 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...179 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>68</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>93</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>95</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>46</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
+        <v>109</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>110</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>111</v>
+      </c>
+      <c r="M12" t="s">
+        <v>112</v>
+      </c>
+      <c r="N12" t="s">
+        <v>113</v>
+      </c>
+      <c r="O12" t="s">
+        <v>114</v>
+      </c>
+      <c r="P12" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="J10" t="s">
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
         <v>76</v>
       </c>
-      <c r="K10"/>
-[...6 lines deleted...]
-      <c r="N10" t="s">
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>78</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C11" t="s">
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
         <v>36</v>
       </c>
-      <c r="D11" t="s">
-[...115 lines deleted...]
-      <c r="N13" t="s">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>93</v>
       </c>
-    </row>
-[...62 lines deleted...]
-        <v>2012</v>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>134</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>135</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>136</v>
+      </c>
+      <c r="P16" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" t="s">
+        <v>141</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
         <v>68</v>
       </c>
-      <c r="J15" t="s">
-[...83 lines deleted...]
-      </c>
       <c r="K17" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>110</v>
+        <v>142</v>
       </c>
       <c r="M17" t="s">
-        <v>111</v>
+        <v>143</v>
       </c>
       <c r="N17" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>144</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
         <v>36</v>
       </c>
-      <c r="D18" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N18" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>115</v>
+        <v>151</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>68</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="N19" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="B20"/>
       <c r="C20" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>94</v>
+      </c>
+      <c r="K20" t="s">
         <v>36</v>
       </c>
-      <c r="D20" t="s">
-[...14 lines deleted...]
-      <c r="I20" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
         <v>75</v>
       </c>
-      <c r="J20" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="H21"/>
-      <c r="I21" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>94</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>78</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>163</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>164</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>165</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
         <v>75</v>
       </c>
-      <c r="J21" t="s">
-[...62 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E23" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>84</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-        <v>61</v>
+      <c r="I23">
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="K23" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N23" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>131</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>174</v>
       </c>
       <c r="D24" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F24" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
         <v>2017</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N24" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>178</v>
       </c>
       <c r="B25" t="s">
-        <v>123</v>
+        <v>179</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="D25" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>84</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2014</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2019</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>180</v>
       </c>
       <c r="K25" t="s">
-        <v>137</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>182</v>
       </c>
       <c r="N25" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
         <v>140</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>35</v>
+      </c>
+      <c r="K26" t="s">
         <v>36</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26">
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>161</v>
+      </c>
+      <c r="D27" t="s">
+        <v>162</v>
+      </c>
+      <c r="E27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H26">
-[...46 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="N27" t="s">
-        <v>146</v>
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>