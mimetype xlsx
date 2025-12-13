--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -12,257 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -526,495 +581,552 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="336.061" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L7" t="s">
+        <v>40</v>
+      </c>
+      <c r="M7" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...3 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
         <v>32</v>
-      </c>
-[...164 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>40</v>
+      </c>
+      <c r="M8" t="s">
+        <v>41</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>32</v>
       </c>
-      <c r="J8" t="s">
-[...8 lines deleted...]
-      <c r="M8" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...19 lines deleted...]
-      <c r="F9" t="s">
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="G9">
-[...21 lines deleted...]
-        <v>55</v>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>