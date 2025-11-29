--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,298 +12,367 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -567,567 +636,636 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>34</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...363 lines deleted...]
-        <v>66</v>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>