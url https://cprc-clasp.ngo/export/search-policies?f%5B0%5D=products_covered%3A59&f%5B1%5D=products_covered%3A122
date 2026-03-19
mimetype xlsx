--- v0 (2025-11-29)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,174 +80,177 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
+  </si>
+  <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Hair Dryers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>IEC 61855: 2003</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
+  </si>
+  <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
+    <t>Greenmark N69 - Hand-held Hair Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
+    <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2112</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...121 lines deleted...]
-    <t>Thailand</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
   </si>
 </sst>
@@ -916,76 +919,76 @@
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">