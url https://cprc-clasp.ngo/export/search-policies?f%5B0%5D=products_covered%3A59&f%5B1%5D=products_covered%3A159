--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,284 +12,334 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,447 +603,498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...49 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...157 lines deleted...]
-        <v>61</v>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>