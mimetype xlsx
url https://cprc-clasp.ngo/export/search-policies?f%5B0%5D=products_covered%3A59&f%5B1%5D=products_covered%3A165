--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -12,244 +12,275 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
   </si>
   <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -513,323 +544,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
-      </c>
-[...32 lines deleted...]
-        <v>24</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
         <v>2015</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>