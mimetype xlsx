--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -12,816 +12,1083 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="321">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1085,1933 +1352,2194 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H5">
+        <v>1997</v>
+      </c>
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K5"/>
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1997</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
         <v>46</v>
       </c>
-      <c r="N5" t="s">
-[...25 lines deleted...]
-      <c r="H6">
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...9 lines deleted...]
-      <c r="M6" t="s">
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
         <v>46</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D13" t="s">
+        <v>115</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>116</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>123</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>124</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>125</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7">
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>131</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>56</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>138</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1996</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>144</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+      <c r="K17" t="s">
+        <v>145</v>
+      </c>
+      <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
+        <v>147</v>
+      </c>
+      <c r="N17" t="s">
+        <v>56</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>8</v>
+      </c>
+      <c r="H18">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...22 lines deleted...]
-      <c r="B8" t="s">
+      <c r="I18">
+        <v>2025</v>
+      </c>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>153</v>
+      </c>
+      <c r="M18" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" t="s">
         <v>56</v>
       </c>
-      <c r="C8" t="s">
-[...460 lines deleted...]
-    <row r="19" spans="1:14">
+      <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>157</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="C19" t="s">
-        <v>123</v>
+        <v>159</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
-      <c r="I19" t="s">
-        <v>30</v>
+      <c r="I19">
+        <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K19" t="s">
-        <v>124</v>
+        <v>46</v>
       </c>
       <c r="L19" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>162</v>
       </c>
       <c r="N19" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>163</v>
+      </c>
+      <c r="P19" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>165</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>166</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>167</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
         <v>1987</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>168</v>
       </c>
       <c r="N20" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>169</v>
+      </c>
+      <c r="P20" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>171</v>
+      </c>
+      <c r="B21" t="s">
+        <v>172</v>
+      </c>
+      <c r="C21" t="s">
+        <v>173</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>174</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>175</v>
+      </c>
+      <c r="M21" t="s">
+        <v>176</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>177</v>
+      </c>
+      <c r="P21" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" t="s">
+        <v>89</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>92</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>181</v>
+      </c>
+      <c r="P22" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>183</v>
+      </c>
+      <c r="B23" t="s">
+        <v>184</v>
+      </c>
+      <c r="C23" t="s">
+        <v>185</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>98</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>186</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>187</v>
+      </c>
+      <c r="P23" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>189</v>
+      </c>
+      <c r="B24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C24" t="s">
+        <v>191</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
         <v>131</v>
-      </c>
-[...151 lines deleted...]
-        <v>111</v>
       </c>
       <c r="K24" t="s">
         <v>145</v>
       </c>
       <c r="L24" t="s">
-        <v>146</v>
+        <v>192</v>
       </c>
       <c r="M24" t="s">
+        <v>193</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>194</v>
+      </c>
+      <c r="P24" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>196</v>
+      </c>
+      <c r="B25" t="s">
+        <v>197</v>
+      </c>
+      <c r="C25" t="s">
+        <v>191</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>131</v>
+      </c>
+      <c r="K25" t="s">
+        <v>145</v>
+      </c>
+      <c r="L25" t="s">
+        <v>198</v>
+      </c>
+      <c r="M25" t="s">
+        <v>193</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>201</v>
+      </c>
+      <c r="B26" t="s">
+        <v>202</v>
+      </c>
+      <c r="C26" t="s">
+        <v>203</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>1987</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>90</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26" t="s">
+        <v>204</v>
+      </c>
+      <c r="M26" t="s">
+        <v>205</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>206</v>
+      </c>
+      <c r="P26" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>208</v>
+      </c>
+      <c r="B27" t="s">
+        <v>209</v>
+      </c>
+      <c r="C27" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2007</v>
+      </c>
+      <c r="J27" t="s">
+        <v>98</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" t="s">
+        <v>99</v>
+      </c>
+      <c r="M27" t="s">
+        <v>100</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>210</v>
+      </c>
+      <c r="P27" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>212</v>
+      </c>
+      <c r="B28" t="s">
+        <v>213</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>214</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>90</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
-[...22 lines deleted...]
-      <c r="G25">
+      <c r="L28" t="s">
+        <v>215</v>
+      </c>
+      <c r="M28" t="s">
+        <v>216</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>217</v>
+      </c>
+      <c r="P28" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>219</v>
+      </c>
+      <c r="B29" t="s">
+        <v>220</v>
+      </c>
+      <c r="C29" t="s">
+        <v>159</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>35</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29" t="s">
+        <v>221</v>
+      </c>
+      <c r="M29" t="s">
+        <v>162</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>222</v>
+      </c>
+      <c r="P29" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>224</v>
+      </c>
+      <c r="B30" t="s">
+        <v>225</v>
+      </c>
+      <c r="C30" t="s">
+        <v>226</v>
+      </c>
+      <c r="D30" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>72</v>
+      </c>
+      <c r="G30" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>82</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>227</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>228</v>
+      </c>
+      <c r="P30" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>230</v>
+      </c>
+      <c r="B31" t="s">
+        <v>231</v>
+      </c>
+      <c r="C31" t="s">
+        <v>232</v>
+      </c>
+      <c r="D31" t="s">
+        <v>233</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>116</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>234</v>
+      </c>
+      <c r="K31" t="s">
+        <v>235</v>
+      </c>
+      <c r="L31" t="s">
+        <v>236</v>
+      </c>
+      <c r="M31" t="s">
+        <v>237</v>
+      </c>
+      <c r="N31" t="s">
+        <v>238</v>
+      </c>
+      <c r="O31" t="s">
+        <v>239</v>
+      </c>
+      <c r="P31" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>241</v>
+      </c>
+      <c r="B32" t="s">
+        <v>242</v>
+      </c>
+      <c r="C32" t="s">
+        <v>243</v>
+      </c>
+      <c r="D32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>45</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>125</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32" t="s">
+        <v>244</v>
+      </c>
+      <c r="M32" t="s">
+        <v>245</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>246</v>
+      </c>
+      <c r="P32" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>248</v>
+      </c>
+      <c r="B33" t="s">
+        <v>249</v>
+      </c>
+      <c r="C33" t="s">
+        <v>250</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33" t="s">
+        <v>251</v>
+      </c>
+      <c r="M33" t="s">
+        <v>252</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>253</v>
+      </c>
+      <c r="P33" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>255</v>
+      </c>
+      <c r="B34" t="s">
+        <v>256</v>
+      </c>
+      <c r="C34" t="s">
+        <v>257</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>72</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
         <v>2013</v>
       </c>
-      <c r="H25">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>98</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>258</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>259</v>
+      </c>
+      <c r="P34" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>261</v>
+      </c>
+      <c r="B35" t="s">
+        <v>262</v>
+      </c>
+      <c r="C35" t="s">
+        <v>263</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>72</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>264</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" t="s">
+        <v>265</v>
+      </c>
+      <c r="M35" t="s">
+        <v>266</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>267</v>
+      </c>
+      <c r="P35" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>269</v>
+      </c>
+      <c r="B36" t="s">
+        <v>270</v>
+      </c>
+      <c r="C36" t="s">
+        <v>263</v>
+      </c>
+      <c r="D36" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>72</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>271</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>272</v>
+      </c>
+      <c r="M36" t="s">
+        <v>266</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>273</v>
+      </c>
+      <c r="P36" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>275</v>
+      </c>
+      <c r="B37" t="s">
+        <v>276</v>
+      </c>
+      <c r="C37" t="s">
+        <v>60</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>45</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>61</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>277</v>
+      </c>
+      <c r="P37" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>279</v>
+      </c>
+      <c r="B38" t="s">
+        <v>280</v>
+      </c>
+      <c r="C38" t="s">
+        <v>281</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>174</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>282</v>
+      </c>
+      <c r="M38" t="s">
+        <v>283</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>284</v>
+      </c>
+      <c r="P38" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>286</v>
+      </c>
+      <c r="B39" t="s">
+        <v>287</v>
+      </c>
+      <c r="C39" t="s">
+        <v>281</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2002</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>174</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>288</v>
+      </c>
+      <c r="M39" t="s">
+        <v>283</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>289</v>
+      </c>
+      <c r="P39" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>291</v>
+      </c>
+      <c r="B40" t="s">
+        <v>292</v>
+      </c>
+      <c r="C40" t="s">
+        <v>293</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>116</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>131</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>294</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>295</v>
+      </c>
+      <c r="P40" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>297</v>
+      </c>
+      <c r="B41" t="s">
+        <v>298</v>
+      </c>
+      <c r="C41" t="s">
+        <v>299</v>
+      </c>
+      <c r="D41" t="s">
+        <v>300</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>116</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
         <v>2014</v>
       </c>
-      <c r="I25" t="s">
-[...165 lines deleted...]
-      <c r="G29">
+      <c r="J41" t="s">
+        <v>125</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" t="s">
+        <v>301</v>
+      </c>
+      <c r="M41" t="s">
+        <v>302</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>303</v>
+      </c>
+      <c r="P41" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>305</v>
+      </c>
+      <c r="B42" t="s">
+        <v>306</v>
+      </c>
+      <c r="C42" t="s">
+        <v>173</v>
+      </c>
+      <c r="D42" t="s">
+        <v>307</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>234</v>
+      </c>
+      <c r="K42" t="s">
+        <v>308</v>
+      </c>
+      <c r="L42" t="s">
+        <v>309</v>
+      </c>
+      <c r="M42" t="s">
+        <v>310</v>
+      </c>
+      <c r="N42" t="s">
+        <v>311</v>
+      </c>
+      <c r="O42" t="s">
+        <v>312</v>
+      </c>
+      <c r="P42" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>314</v>
+      </c>
+      <c r="B43" t="s">
+        <v>315</v>
+      </c>
+      <c r="C43" t="s">
+        <v>316</v>
+      </c>
+      <c r="D43" t="s">
+        <v>317</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>72</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2011</v>
       </c>
-      <c r="H29"/>
-[...78 lines deleted...]
-      <c r="G31">
+      <c r="I43">
         <v>2017</v>
       </c>
-      <c r="H31">
-[...514 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>225</v>
-[...4 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="K43" t="s">
+        <v>308</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>228</v>
+        <v>318</v>
       </c>
       <c r="N43" t="s">
-        <v>234</v>
+        <v>311</v>
+      </c>
+      <c r="O43" t="s">
+        <v>319</v>
+      </c>
+      <c r="P43" t="s">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>