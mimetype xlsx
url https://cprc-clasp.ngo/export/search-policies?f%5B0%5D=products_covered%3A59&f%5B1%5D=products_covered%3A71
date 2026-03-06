--- v0 (2025-10-14)
+++ v1 (2026-03-06)
@@ -12,274 +12,323 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -543,447 +592,498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...203 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>56</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>