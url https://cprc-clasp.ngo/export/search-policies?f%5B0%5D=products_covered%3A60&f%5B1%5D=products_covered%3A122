--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,287 +12,342 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,489 +611,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2003</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1983</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...285 lines deleted...]
-        <v>63</v>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>