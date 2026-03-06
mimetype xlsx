--- v1 (2025-11-26)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,159 +80,162 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
+  </si>
+  <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
+  </si>
+  <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...106 lines deleted...]
-    <t>Russia</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/29859/</t>
   </si>
   <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
     <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
   </si>
@@ -901,220 +904,220 @@
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="H6">
         <v>1983</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>45</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">