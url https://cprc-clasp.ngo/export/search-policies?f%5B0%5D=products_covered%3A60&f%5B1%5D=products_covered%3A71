--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,299 +12,360 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -568,527 +629,590 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="115" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="449.319" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2003</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>1983</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>29</v>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...21 lines deleted...]
-      <c r="H4">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...64 lines deleted...]
-      <c r="B6" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
-[...195 lines deleted...]
-        <v>65</v>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>