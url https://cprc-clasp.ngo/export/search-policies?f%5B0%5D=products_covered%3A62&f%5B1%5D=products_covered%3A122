--- v0 (2025-11-27)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,132 +80,135 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
+  </si>
+  <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Toilet Seats (Electric)</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GBT 26730-2011; GBT 6952-2015</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
+    <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
+  </si>
+  <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
+    <t>GBT23131-2008;GB21551.2-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Bidets</t>
+  </si>
+  <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...79 lines deleted...]
-    <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
@@ -846,222 +849,222 @@
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>49</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>35</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H8">
         <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">