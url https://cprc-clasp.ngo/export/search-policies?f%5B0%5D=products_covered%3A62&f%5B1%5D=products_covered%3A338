--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -292,72 +292,66 @@
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
     <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
   </si>
   <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
@@ -427,50 +421,53 @@
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
     <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
 (a) Devices that receive hot water supply from other water heating systems
 (b) Devices that only provide hot water cleaning
 (c) Devices that only provide a heated seat
 (d) Devices that are powered only by batteries
 (e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
@@ -1450,712 +1447,714 @@
       </c>
       <c r="L9" t="s">
         <v>82</v>
       </c>
       <c r="M9" t="s">
         <v>83</v>
       </c>
       <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="O9" t="s">
         <v>84</v>
       </c>
       <c r="P9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>86</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
       <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
         <v>90</v>
-      </c>
-[...8 lines deleted...]
-        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="N10" t="s">
         <v>25</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D11" t="s">
         <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2014</v>
       </c>
       <c r="J11" t="s">
         <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>37</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>31</v>
       </c>
       <c r="G12" t="s">
         <v>32</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>37</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
         <v>108</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>111</v>
+      </c>
+      <c r="L13" t="s">
         <v>112</v>
       </c>
-      <c r="K13" t="s">
+      <c r="M13" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="N13" t="s">
         <v>37</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
         <v>118</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>73</v>
       </c>
       <c r="G14" t="s">
         <v>32</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14">
         <v>2021</v>
       </c>
       <c r="J14" t="s">
+        <v>120</v>
+      </c>
+      <c r="K14" t="s">
+        <v>121</v>
+      </c>
+      <c r="L14" t="s">
         <v>122</v>
       </c>
-      <c r="K14" t="s">
+      <c r="M14" t="s">
         <v>123</v>
       </c>
-      <c r="L14" t="s">
+      <c r="N14" t="s">
         <v>124</v>
       </c>
-      <c r="M14" t="s">
+      <c r="O14" t="s">
         <v>125</v>
       </c>
-      <c r="N14" t="s">
+      <c r="P14" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="H15">
         <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="N15" t="s">
         <v>37</v>
       </c>
       <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
         <v>137</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G16" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>37</v>
       </c>
       <c r="O16" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
         <v>142</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>143</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>37</v>
       </c>
       <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
         <v>150</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
         <v>32</v>
       </c>
       <c r="H18">
         <v>2007</v>
       </c>
       <c r="I18">
         <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
+        <v>153</v>
+      </c>
+      <c r="M18" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="N18" t="s">
         <v>37</v>
       </c>
       <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
         <v>158</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>159</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2016</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>74</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="N19" t="s">
         <v>37</v>
       </c>
       <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
         <v>165</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>74</v>
       </c>
       <c r="K20" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="N20" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>37</v>
       </c>
       <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
         <v>174</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>175</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>73</v>
       </c>
       <c r="G22" t="s">
         <v>32</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
+        <v>178</v>
+      </c>
+      <c r="M22" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="N22" t="s">
         <v>37</v>
       </c>
       <c r="O22" t="s">
+        <v>180</v>
+      </c>
+      <c r="P22" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" t="s">
         <v>183</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>184</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E23" t="s">
         <v>44</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>32</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2016</v>
       </c>
       <c r="J23" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K23" t="s">
+        <v>186</v>
+      </c>
+      <c r="L23" t="s">
         <v>187</v>
       </c>
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>188</v>
       </c>
-      <c r="M23" t="s">
+      <c r="N23" t="s">
         <v>189</v>
       </c>
-      <c r="N23" t="s">
+      <c r="O23" t="s">
         <v>190</v>
       </c>
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">