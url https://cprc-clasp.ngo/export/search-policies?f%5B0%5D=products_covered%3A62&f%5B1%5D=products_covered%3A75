--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,433 +12,547 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -702,819 +816,922 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>77</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...33 lines deleted...]
-        <v>34</v>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>90</v>
+      </c>
+      <c r="G10" t="s">
         <v>35</v>
-      </c>
-[...272 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>53</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...7 lines deleted...]
-        <v>73</v>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...15 lines deleted...]
-      <c r="F11" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...6 lines deleted...]
-      <c r="J11" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...7 lines deleted...]
-        <v>78</v>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...15 lines deleted...]
-      <c r="F12" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>109</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>90</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14">
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
-[...6 lines deleted...]
-      <c r="J12" t="s">
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>131</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...195 lines deleted...]
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
-        <v>107</v>
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>