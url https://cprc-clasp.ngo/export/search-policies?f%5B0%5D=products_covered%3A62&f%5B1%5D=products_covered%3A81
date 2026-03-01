--- v0 (2025-11-29)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -184,87 +184,90 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
@@ -675,51 +678,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -951,270 +954,270 @@
       </c>
       <c r="P5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>54</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>46</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8">
         <v>2022</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>51</v>
       </c>
       <c r="L8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G9" t="s">
         <v>38</v>
       </c>
       <c r="H9">
         <v>2022</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>51</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10">
         <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">