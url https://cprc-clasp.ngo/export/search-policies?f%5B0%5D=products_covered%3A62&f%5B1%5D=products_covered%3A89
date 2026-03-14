--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -12,300 +12,363 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -569,493 +632,550 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="674.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="119.114" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...92 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
         <v>39</v>
       </c>
-      <c r="B5" t="s">
-[...202 lines deleted...]
-        <v>68</v>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>