--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -12,438 +12,564 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -707,941 +833,1062 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...184 lines deleted...]
-      <c r="B7" t="s">
+      <c r="G10" t="s">
         <v>46</v>
-      </c>
-[...137 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-        <v>67</v>
+      <c r="I10">
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...31 lines deleted...]
-      <c r="G11">
+      <c r="G11" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11">
         <v>1996</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2017</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
-      <c r="G12">
+      <c r="G12" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12">
         <v>1996</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2017</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...3 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2024</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>37</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>86</v>
+      </c>
+      <c r="M15" t="s">
+        <v>87</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16">
+        <v>2024</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>94</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>144</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>69</v>
+      </c>
+      <c r="K19" t="s">
+        <v>145</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>147</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>37</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="N12" t="s">
-[...320 lines deleted...]
-      <c r="K20"/>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
       <c r="L20"/>
-      <c r="M20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M20"/>
       <c r="N20" t="s">
-        <v>114</v>
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>