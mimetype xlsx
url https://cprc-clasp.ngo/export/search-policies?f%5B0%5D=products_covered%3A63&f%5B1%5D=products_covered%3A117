--- v0 (2025-12-17)
+++ v1 (2026-03-27)
@@ -387,50 +387,53 @@
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
     <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
@@ -495,53 +498,50 @@
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
     <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
@@ -2047,297 +2047,297 @@
       </c>
       <c r="P13" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14" t="s">
         <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>122</v>
       </c>
       <c r="D14" t="s">
         <v>123</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
+        <v>124</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K14" t="s">
         <v>46</v>
       </c>
       <c r="L14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>46</v>
       </c>
       <c r="L15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>100</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2001</v>
       </c>
       <c r="I17">
         <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K17" t="s">
         <v>46</v>
       </c>
       <c r="L17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C18" t="s">
         <v>99</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1981</v>
       </c>
       <c r="I18">
         <v>1982</v>
       </c>
       <c r="J18" t="s">
         <v>101</v>
       </c>
       <c r="K18" t="s">
         <v>46</v>
       </c>
       <c r="L18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M18" t="s">
         <v>103</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P18" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>91</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="H19">
         <v>1989</v>
       </c>
       <c r="I19">
         <v>2009</v>
       </c>
       <c r="J19" t="s">
         <v>161</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
       <c r="L19" t="s">
         <v>54</v>
       </c>
       <c r="M19" t="s">
         <v>55</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>162</v>
       </c>
@@ -2438,51 +2438,51 @@
       </c>
       <c r="O21" t="s">
         <v>175</v>
       </c>
       <c r="P21" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>177</v>
       </c>
       <c r="B22" t="s">
         <v>178</v>
       </c>
       <c r="C22" t="s">
         <v>179</v>
       </c>
       <c r="D22" t="s">
         <v>91</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2025</v>
       </c>
       <c r="J22" t="s">
         <v>180</v>
       </c>
       <c r="K22" t="s">
         <v>46</v>
       </c>
       <c r="L22" t="s">
         <v>181</v>
       </c>
       <c r="M22" t="s">
         <v>182</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
@@ -2582,147 +2582,147 @@
       </c>
       <c r="O24" t="s">
         <v>192</v>
       </c>
       <c r="P24" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>194</v>
       </c>
       <c r="B25" t="s">
         <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>179</v>
       </c>
       <c r="D25" t="s">
         <v>91</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G25" t="s">
         <v>196</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>197</v>
       </c>
       <c r="K25" t="s">
         <v>46</v>
       </c>
       <c r="L25" t="s">
         <v>198</v>
       </c>
       <c r="M25" t="s">
         <v>182</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>199</v>
       </c>
       <c r="P25" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>201</v>
       </c>
       <c r="B26" t="s">
         <v>202</v>
       </c>
       <c r="C26" t="s">
         <v>83</v>
       </c>
       <c r="D26" t="s">
         <v>203</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26">
         <v>2023</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>77</v>
       </c>
       <c r="K26" t="s">
         <v>46</v>
       </c>
       <c r="L26" t="s">
         <v>204</v>
       </c>
       <c r="M26" t="s">
         <v>85</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>205</v>
       </c>
       <c r="P26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>207</v>
       </c>
       <c r="B27" t="s">
         <v>208</v>
       </c>
       <c r="C27" t="s">
         <v>209</v>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>115</v>
       </c>
       <c r="K27" t="s">
         <v>46</v>
       </c>
       <c r="L27" t="s">
         <v>210</v>
       </c>
       <c r="M27" t="s">
         <v>211</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
@@ -2966,101 +2966,101 @@
       </c>
       <c r="O32" t="s">
         <v>246</v>
       </c>
       <c r="P32" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>248</v>
       </c>
       <c r="B33" t="s">
         <v>249</v>
       </c>
       <c r="C33" t="s">
         <v>250</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33">
         <v>2024</v>
       </c>
       <c r="J33" t="s">
         <v>251</v>
       </c>
       <c r="K33" t="s">
         <v>46</v>
       </c>
       <c r="L33" t="s">
         <v>252</v>
       </c>
       <c r="M33" t="s">
         <v>253</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>254</v>
       </c>
       <c r="P33" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>256</v>
       </c>
       <c r="B34" t="s">
         <v>257</v>
       </c>
       <c r="C34" t="s">
         <v>258</v>
       </c>
       <c r="D34" t="s">
         <v>259</v>
       </c>
       <c r="E34" t="s">
         <v>260</v>
       </c>
       <c r="F34" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G34" t="s">
         <v>92</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>261</v>
       </c>
       <c r="K34" t="s">
         <v>46</v>
       </c>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>262</v>
       </c>
       <c r="P34" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="35" spans="1:16">
@@ -3108,51 +3108,51 @@
       </c>
       <c r="O35" t="s">
         <v>268</v>
       </c>
       <c r="P35" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>270</v>
       </c>
       <c r="B36" t="s">
         <v>271</v>
       </c>
       <c r="C36" t="s">
         <v>272</v>
       </c>
       <c r="D36" t="s">
         <v>273</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
         <v>197</v>
       </c>
       <c r="K36" t="s">
         <v>274</v>
       </c>
       <c r="L36" t="s">
         <v>275</v>
       </c>
       <c r="M36" t="s">
         <v>276</v>
       </c>
       <c r="N36" t="s">
         <v>277</v>
       </c>
@@ -3206,99 +3206,99 @@
       </c>
       <c r="O37" t="s">
         <v>285</v>
       </c>
       <c r="P37" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>287</v>
       </c>
       <c r="B38" t="s">
         <v>288</v>
       </c>
       <c r="C38" t="s">
         <v>289</v>
       </c>
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G38" t="s">
         <v>62</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>197</v>
       </c>
       <c r="K38" t="s">
         <v>46</v>
       </c>
       <c r="L38" t="s">
         <v>290</v>
       </c>
       <c r="M38" t="s">
         <v>291</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>292</v>
       </c>
       <c r="P38" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>294</v>
       </c>
       <c r="B39" t="s">
         <v>295</v>
       </c>
       <c r="C39" t="s">
         <v>74</v>
       </c>
       <c r="D39" t="s">
         <v>91</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2007</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
         <v>77</v>
       </c>
       <c r="K39" t="s">
         <v>46</v>
       </c>
       <c r="L39" t="s">
         <v>296</v>
       </c>
       <c r="M39" t="s">
         <v>78</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>