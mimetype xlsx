--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,561 +12,731 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -830,1285 +1000,1456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:14">
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
         <v>30</v>
       </c>
-      <c r="F4" t="s">
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2013</v>
       </c>
-      <c r="H4"/>
-[...19 lines deleted...]
-      <c r="B5" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>36</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>36</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>92</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" t="s">
+        <v>8</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15">
+        <v>2025</v>
+      </c>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>115</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
         <v>35</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1985</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" t="s">
+        <v>50</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>135</v>
+      </c>
+      <c r="G18" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>68</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19">
+        <v>1994</v>
+      </c>
+      <c r="I19">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="J19" t="s">
+        <v>142</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" t="s">
+        <v>35</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>36</v>
       </c>
-      <c r="J5" t="s">
-[...9 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>68</v>
+      </c>
+      <c r="K20" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="L20" t="s">
+        <v>69</v>
+      </c>
+      <c r="M20" t="s">
+        <v>70</v>
+      </c>
+      <c r="N20" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...11 lines deleted...]
-      <c r="F6" t="s">
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>35</v>
+      </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" t="s">
+        <v>36</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>38</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>135</v>
+      </c>
+      <c r="G22" t="s">
+        <v>85</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>142</v>
+      </c>
+      <c r="K22" t="s">
+        <v>163</v>
+      </c>
+      <c r="L22" t="s">
+        <v>164</v>
+      </c>
+      <c r="M22" t="s">
+        <v>165</v>
+      </c>
+      <c r="N22" t="s">
+        <v>166</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D23" t="s">
+        <v>35</v>
+      </c>
+      <c r="E23" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>172</v>
+      </c>
+      <c r="K23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>174</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" t="s">
+        <v>50</v>
+      </c>
+      <c r="F24" t="s">
+        <v>36</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>38</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>35</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>187</v>
+      </c>
+      <c r="K25" t="s">
+        <v>38</v>
+      </c>
+      <c r="L25" t="s">
+        <v>188</v>
+      </c>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26" t="s">
+        <v>51</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>55</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>198</v>
+      </c>
+      <c r="D27" t="s">
+        <v>199</v>
+      </c>
+      <c r="E27" t="s">
+        <v>50</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>85</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>142</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>200</v>
+      </c>
+      <c r="M27" t="s">
+        <v>201</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...54 lines deleted...]
-      <c r="L7" t="s">
+      <c r="E28" t="s">
         <v>50</v>
       </c>
-      <c r="M7" t="s">
-[...237 lines deleted...]
-      <c r="G13">
+      <c r="F28" t="s">
+        <v>207</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2014</v>
       </c>
-      <c r="H13">
-[...536 lines deleted...]
-      <c r="C26" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>142</v>
       </c>
-      <c r="D26" t="s">
-[...101 lines deleted...]
-      </c>
       <c r="K28" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>154</v>
+        <v>208</v>
       </c>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="N28" t="s">
-        <v>155</v>
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>210</v>
+      </c>
+      <c r="P28" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>