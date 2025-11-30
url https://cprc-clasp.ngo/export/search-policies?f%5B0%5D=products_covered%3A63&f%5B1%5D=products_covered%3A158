--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,475 +12,597 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -744,951 +866,1072 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>81</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>82</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>1985</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" t="s">
+        <v>99</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>106</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>58</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>59</v>
+      </c>
+      <c r="M13" t="s">
+        <v>60</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>98</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>106</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>132</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" t="s">
+        <v>99</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" t="s">
+        <v>99</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>148</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>149</v>
+      </c>
+      <c r="M18" t="s">
+        <v>150</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>151</v>
+      </c>
+      <c r="P18" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>153</v>
+      </c>
+      <c r="B19" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" t="s">
+        <v>155</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>81</v>
+      </c>
+      <c r="F20" t="s">
         <v>34</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>163</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
-[...689 lines deleted...]
-        <v>126</v>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>