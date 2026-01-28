--- v1 (2025-11-30)
+++ v2 (2026-01-28)
@@ -216,92 +216,92 @@
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
@@ -1200,137 +1200,137 @@
       </c>
       <c r="P6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>65</v>
       </c>
       <c r="D7" t="s">
         <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8">
         <v>2020</v>
       </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
         <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>81</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>82</v>
       </c>
       <c r="H9">
         <v>2025</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>83</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>84</v>
@@ -1543,51 +1543,51 @@
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>115</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
         <v>98</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>45</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
         <v>117</v>
       </c>
       <c r="P14" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>119</v>
       </c>
       <c r="B15" t="s">
         <v>120</v>
       </c>