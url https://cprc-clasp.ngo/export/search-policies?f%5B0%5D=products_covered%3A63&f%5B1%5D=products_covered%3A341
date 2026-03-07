--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,615 +12,825 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -884,1535 +1094,1740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2008</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>70</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>86</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>103</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>113</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>68</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>1985</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...220 lines deleted...]
-      <c r="F8" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
+      <c r="E21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" t="s">
+        <v>67</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
         <v>2010</v>
       </c>
-      <c r="H8">
-[...22 lines deleted...]
-      <c r="A9" t="s">
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>96</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
         <v>57</v>
       </c>
-      <c r="B9" t="s">
-[...11 lines deleted...]
-      <c r="F9" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>86</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>94</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...224 lines deleted...]
-      <c r="L14" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>86</v>
       </c>
-      <c r="M14" t="s">
-[...366 lines deleted...]
-        <v>2002</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2002</v>
       </c>
-      <c r="I23" t="s">
-        <v>71</v>
+      <c r="I23">
+        <v>2002</v>
       </c>
       <c r="J23" t="s">
+        <v>94</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>161</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...31 lines deleted...]
-      <c r="G24">
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
         <v>2009</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
+        <v>94</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>95</v>
+      </c>
+      <c r="M24" t="s">
+        <v>96</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>66</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...31 lines deleted...]
-      <c r="G25">
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
         <v>2003</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
+        <v>131</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>147</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...28 lines deleted...]
-      <c r="F26" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2005</v>
+      </c>
+      <c r="J26" t="s">
+        <v>104</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>185</v>
+      </c>
+      <c r="E27" t="s">
+        <v>66</v>
+      </c>
+      <c r="F27" t="s">
+        <v>186</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>187</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>188</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>193</v>
+      </c>
+      <c r="D28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E28" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>194</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>201</v>
+      </c>
+      <c r="D29" t="s">
+        <v>202</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>86</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>203</v>
+      </c>
+      <c r="K29" t="s">
+        <v>204</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>206</v>
+      </c>
+      <c r="N29" t="s">
+        <v>45</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>211</v>
+      </c>
+      <c r="D30" t="s">
+        <v>212</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>213</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" t="s">
         <v>19</v>
       </c>
-      <c r="G26">
-[...8 lines deleted...]
-      <c r="J26" t="s">
+      <c r="E31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" t="s">
+        <v>86</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>104</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>218</v>
+      </c>
+      <c r="M31" t="s">
+        <v>89</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>219</v>
+      </c>
+      <c r="P31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>221</v>
+      </c>
+      <c r="B32" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" t="s">
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" t="s">
+        <v>66</v>
+      </c>
+      <c r="F32" t="s">
+        <v>67</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>223</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>224</v>
+      </c>
+      <c r="M32" t="s">
+        <v>225</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>226</v>
+      </c>
+      <c r="P32" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>228</v>
+      </c>
+      <c r="B33" t="s">
+        <v>229</v>
+      </c>
+      <c r="C33" t="s">
+        <v>230</v>
+      </c>
+      <c r="D33" t="s">
+        <v>57</v>
+      </c>
+      <c r="E33" t="s">
+        <v>66</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...54 lines deleted...]
-      <c r="B28" t="s">
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>139</v>
       </c>
-      <c r="C28" t="s">
-[...11 lines deleted...]
-      <c r="G28">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>231</v>
+      </c>
+      <c r="M33" t="s">
+        <v>232</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>230</v>
+      </c>
+      <c r="D34" t="s">
+        <v>57</v>
+      </c>
+      <c r="E34" t="s">
+        <v>66</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
         <v>2015</v>
       </c>
-      <c r="H28"/>
-[...254 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
       <c r="K34" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="N34" t="s">
-        <v>173</v>
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>239</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>