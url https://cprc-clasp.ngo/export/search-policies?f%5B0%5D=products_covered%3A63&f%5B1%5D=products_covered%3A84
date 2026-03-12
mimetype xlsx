--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -186,80 +186,80 @@
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
@@ -1190,99 +1190,99 @@
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>55</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>25</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>
@@ -1669,51 +1669,51 @@
       </c>
       <c r="M15" t="s">
         <v>133</v>
       </c>
       <c r="N15" t="s">
         <v>112</v>
       </c>
       <c r="O15" t="s">
         <v>134</v>
       </c>
       <c r="P15" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>136</v>
       </c>
       <c r="B16" t="s">
         <v>137</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>138</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>40</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>41</v>
       </c>
       <c r="N16" t="s">
@@ -1809,69 +1809,69 @@
       </c>
       <c r="M18" t="s">
         <v>151</v>
       </c>
       <c r="N18" t="s">
         <v>25</v>
       </c>
       <c r="O18" t="s">
         <v>152</v>
       </c>
       <c r="P18" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>154</v>
       </c>
       <c r="B19" t="s">
         <v>155</v>
       </c>
       <c r="C19" t="s">
         <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E19" t="s">
         <v>84</v>
       </c>
       <c r="F19" t="s">
         <v>93</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>156</v>
       </c>
       <c r="M19" t="s">
         <v>157</v>
       </c>
       <c r="N19" t="s">
         <v>112</v>
       </c>
       <c r="O19" t="s">
         <v>158</v>
       </c>
       <c r="P19" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>160</v>
       </c>
       <c r="B20" t="s">