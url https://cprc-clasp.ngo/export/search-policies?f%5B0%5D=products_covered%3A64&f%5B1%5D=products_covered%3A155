--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,314 +12,392 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,563 +661,632 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2009</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...70 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...296 lines deleted...]
-        <v>74</v>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>