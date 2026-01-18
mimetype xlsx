--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -12,224 +12,255 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,315 +524,348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="85" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="408.043" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...71 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>