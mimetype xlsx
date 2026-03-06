--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,338 +12,411 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -607,611 +680,684 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L8" t="s">
         <v>25</v>
       </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>30</v>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...64 lines deleted...]
-      <c r="I5" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" t="s">
         <v>39</v>
-      </c>
-[...202 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
-      <c r="I10" t="s">
-        <v>66</v>
+      <c r="I10">
+        <v>2006</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="K10" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
-        <v>69</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10"/>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>93</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
         <v>2017</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>78</v>
+        <v>97</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>66</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
-        <v>82</v>
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>