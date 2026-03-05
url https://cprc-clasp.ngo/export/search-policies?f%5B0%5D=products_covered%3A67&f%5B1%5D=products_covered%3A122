--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...31 lines deleted...]
-    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
@@ -805,462 +808,462 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2023</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
       <c r="I9">
         <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
       <c r="I10">
         <v>2021</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">