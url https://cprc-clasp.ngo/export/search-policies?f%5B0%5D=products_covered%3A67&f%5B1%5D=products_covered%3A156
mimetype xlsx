--- v0 (2025-10-12)
+++ v1 (2026-01-19)
@@ -12,475 +12,593 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -744,955 +862,1074 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10">
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>104</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>69</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
         <v>34</v>
       </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
+        <v>118</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...155 lines deleted...]
-      <c r="L7" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15" t="s">
         <v>58</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="F15" t="s">
         <v>59</v>
       </c>
-    </row>
-[...312 lines deleted...]
-        <v>2006</v>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2006</v>
       </c>
-      <c r="I15" t="s">
-        <v>82</v>
+      <c r="I15">
+        <v>2006</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="K15" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
       <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>104</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>140</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>104</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>141</v>
+      </c>
+      <c r="K17" t="s">
+        <v>142</v>
+      </c>
+      <c r="L17" t="s">
+        <v>143</v>
+      </c>
+      <c r="M17" t="s">
+        <v>144</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
         <v>33</v>
       </c>
-      <c r="N15" t="s">
-        <v>100</v>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>149</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>150</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
       </c>
     </row>
-    <row r="16" spans="1:14">
-[...15 lines deleted...]
-      <c r="F16" t="s">
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" t="s">
+        <v>156</v>
+      </c>
+      <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
         <v>38</v>
       </c>
-      <c r="G16">
-[...19 lines deleted...]
-        <v>106</v>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
       </c>
     </row>
-    <row r="17" spans="1:14">
-[...129 lines deleted...]
-    <row r="20" spans="1:14">
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>162</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
-        <v>82</v>
+      <c r="I20">
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>33</v>
+        <v>163</v>
       </c>
       <c r="N20" t="s">
-        <v>127</v>
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>