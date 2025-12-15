--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -12,386 +12,490 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -655,815 +759,912 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...15 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...18 lines deleted...]
-        <v>34</v>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
-[...15 lines deleted...]
-      <c r="L5" t="s">
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...195 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
-      <c r="I10" t="s">
-        <v>60</v>
+      <c r="I10">
+        <v>2006</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
-        <v>67</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10"/>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2017</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="M11" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
-        <v>77</v>
+        <v>96</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>60</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
+        <v>77</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...7 lines deleted...]
-        <v>81</v>
+      <c r="G13" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...18 lines deleted...]
-      <c r="G13">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G14" t="s">
+        <v>39</v>
+      </c>
+      <c r="H14">
         <v>2021</v>
       </c>
-      <c r="H13"/>
-[...12 lines deleted...]
-        <v>83</v>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
-[...12 lines deleted...]
-      <c r="E14" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>91</v>
+      </c>
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>96</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14">
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17">
         <v>2021</v>
       </c>
-      <c r="H14"/>
-[...70 lines deleted...]
-      <c r="E16" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="F16" t="s">
-[...65 lines deleted...]
-      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>