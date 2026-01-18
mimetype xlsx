--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -155,127 +155,127 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
     <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
 Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
     <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
     <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
@@ -746,51 +746,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1018,110 +1018,110 @@
       </c>
       <c r="P5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>44</v>
       </c>
       <c r="O7" t="s">
         <v>73</v>
       </c>
       <c r="P7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>