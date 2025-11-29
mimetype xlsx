--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,344 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,567 +679,634 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="449.319" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...45 lines deleted...]
-      <c r="B4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
         <v>30</v>
-      </c>
-[...179 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
-      <c r="I8" t="s">
-        <v>61</v>
+      <c r="I8">
+        <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>64</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8"/>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9">
         <v>2017</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2021</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="K9" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
-        <v>74</v>
+        <v>89</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>61</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>101</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="N10" t="s">
-[...22 lines deleted...]
-      <c r="G11">
+      <c r="H11">
         <v>2019</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="K11" t="s">
+        <v>41</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
-        <v>84</v>
+        <v>44</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>