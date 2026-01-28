--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -485,95 +485,95 @@
   <si>
     <t>https://www.energystar.gov/products/dishwashers/partners</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
@@ -1422,51 +1422,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2330,137 +2330,137 @@
       </c>
       <c r="P18" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>154</v>
       </c>
       <c r="B19" t="s">
         <v>155</v>
       </c>
       <c r="C19" t="s">
         <v>60</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>89</v>
       </c>
       <c r="K19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N19" t="s">
         <v>73</v>
       </c>
       <c r="O19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C20" t="s">
         <v>60</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>8</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20">
         <v>2025</v>
       </c>
       <c r="J20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N20" t="s">
         <v>73</v>
       </c>
       <c r="O20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C21" t="s">
-        <v>170</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>171</v>
       </c>
       <c r="H21">
         <v>2025</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>172</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
         <v>173</v>
@@ -2680,101 +2680,101 @@
       <c r="C26" t="s">
         <v>208</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
         <v>138</v>
       </c>
       <c r="K26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L26" t="s">
         <v>209</v>
       </c>
       <c r="M26" t="s">
         <v>210</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>211</v>
       </c>
       <c r="P26" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>213</v>
       </c>
       <c r="B27" t="s">
         <v>214</v>
       </c>
       <c r="C27" t="s">
         <v>208</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>138</v>
       </c>
       <c r="K27" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L27" t="s">
         <v>215</v>
       </c>
       <c r="M27" t="s">
         <v>210</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>216</v>
       </c>
       <c r="P27" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>218</v>
       </c>
       <c r="B28" t="s">
         <v>219</v>
       </c>
       <c r="C28" t="s">