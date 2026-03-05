--- v0 (2025-12-01)
+++ v1 (2026-03-05)
@@ -492,50 +492,53 @@
   <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/dishwashers/partners</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
@@ -546,72 +549,66 @@
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
@@ -856,50 +853,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1572,51 +1572,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2524,877 +2524,879 @@
       </c>
       <c r="P19" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>156</v>
       </c>
       <c r="B20" t="s">
         <v>157</v>
       </c>
       <c r="C20" t="s">
         <v>83</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>45</v>
+        <v>158</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>85</v>
       </c>
       <c r="K20" t="s">
         <v>55</v>
       </c>
       <c r="L20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N20" t="s">
         <v>56</v>
       </c>
       <c r="O20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C21" t="s">
         <v>83</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>8</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K21" t="s">
         <v>46</v>
       </c>
       <c r="L21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N21" t="s">
         <v>56</v>
       </c>
       <c r="O21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
-        <v>171</v>
+        <v>83</v>
       </c>
       <c r="D22" t="s">
         <v>172</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>173</v>
       </c>
       <c r="G22" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2024</v>
+      </c>
+      <c r="J22" t="s">
         <v>174</v>
-      </c>
-[...5 lines deleted...]
-        <v>175</v>
       </c>
       <c r="K22" t="s">
         <v>46</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="N22" t="s">
         <v>56</v>
       </c>
       <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
         <v>179</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>180</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2019</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
         <v>35</v>
       </c>
       <c r="K23" t="s">
         <v>46</v>
       </c>
       <c r="L23" t="s">
+        <v>182</v>
+      </c>
+      <c r="M23" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
         <v>187</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D24" t="s">
         <v>62</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>45</v>
       </c>
       <c r="H24">
         <v>1987</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="K24" t="s">
         <v>46</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>191</v>
+      </c>
+      <c r="P24" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>193</v>
+      </c>
+      <c r="B25" t="s">
         <v>194</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D25" t="s">
         <v>62</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2005</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="K25" t="s">
         <v>46</v>
       </c>
       <c r="L25" t="s">
+        <v>197</v>
+      </c>
+      <c r="M25" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>201</v>
+      </c>
+      <c r="B26" t="s">
         <v>202</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>45</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>102</v>
       </c>
       <c r="K26" t="s">
         <v>46</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>205</v>
+      </c>
+      <c r="P26" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>207</v>
+      </c>
+      <c r="B27" t="s">
         <v>208</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D27" t="s">
         <v>101</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>145</v>
       </c>
       <c r="K27" t="s">
         <v>55</v>
       </c>
       <c r="L27" t="s">
+        <v>210</v>
+      </c>
+      <c r="M27" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
+        <v>212</v>
+      </c>
+      <c r="P27" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>214</v>
+      </c>
+      <c r="B28" t="s">
         <v>215</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
         <v>62</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28">
         <v>2014</v>
       </c>
       <c r="J28" t="s">
         <v>145</v>
       </c>
       <c r="K28" t="s">
         <v>55</v>
       </c>
       <c r="L28" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="M28" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
+        <v>217</v>
+      </c>
+      <c r="P28" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>219</v>
+      </c>
+      <c r="B29" t="s">
         <v>220</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29">
         <v>2014</v>
       </c>
       <c r="J29" t="s">
         <v>145</v>
       </c>
       <c r="K29" t="s">
         <v>55</v>
       </c>
       <c r="L29" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="M29" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
+        <v>222</v>
+      </c>
+      <c r="P29" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>224</v>
+      </c>
+      <c r="B30" t="s">
         <v>225</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D30" t="s">
         <v>101</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
         <v>145</v>
       </c>
       <c r="K30" t="s">
         <v>55</v>
       </c>
       <c r="L30" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="M30" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>227</v>
+      </c>
+      <c r="P30" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>229</v>
+      </c>
+      <c r="B31" t="s">
         <v>230</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="D31" t="s">
         <v>62</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>45</v>
       </c>
       <c r="H31">
         <v>1987</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="K31" t="s">
         <v>46</v>
       </c>
       <c r="L31" t="s">
+        <v>232</v>
+      </c>
+      <c r="M31" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
+        <v>234</v>
+      </c>
+      <c r="P31" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>236</v>
+      </c>
+      <c r="B32" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C32" t="s">
         <v>100</v>
       </c>
       <c r="D32" t="s">
         <v>62</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2002</v>
       </c>
       <c r="I32">
         <v>2007</v>
       </c>
       <c r="J32" t="s">
         <v>102</v>
       </c>
       <c r="K32" t="s">
         <v>46</v>
       </c>
       <c r="L32" t="s">
         <v>109</v>
       </c>
       <c r="M32" t="s">
         <v>104</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
+        <v>238</v>
+      </c>
+      <c r="P32" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>240</v>
+      </c>
+      <c r="B33" t="s">
         <v>241</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
+        <v>188</v>
+      </c>
+      <c r="D33" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>45</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>243</v>
+      </c>
+      <c r="M33" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
+        <v>245</v>
+      </c>
+      <c r="P33" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>247</v>
+      </c>
+      <c r="B34" t="s">
         <v>248</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D34" t="s">
         <v>62</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>45</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>35</v>
       </c>
       <c r="K34" t="s">
         <v>46</v>
       </c>
       <c r="L34" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="M34" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
+        <v>250</v>
+      </c>
+      <c r="P34" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>252</v>
+      </c>
+      <c r="B35" t="s">
         <v>253</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D35" t="s">
         <v>62</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
         <v>84</v>
       </c>
       <c r="G35" t="s">
         <v>45</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>94</v>
       </c>
       <c r="K35" t="s">
         <v>46</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
+        <v>256</v>
+      </c>
+      <c r="P35" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" t="s">
         <v>259</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>260</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>124</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
+        <v>262</v>
+      </c>
+      <c r="K36" t="s">
         <v>263</v>
       </c>
-      <c r="K36" t="s">
+      <c r="L36" t="s">
         <v>264</v>
       </c>
-      <c r="L36" t="s">
+      <c r="M36" t="s">
         <v>265</v>
       </c>
-      <c r="M36" t="s">
+      <c r="N36" t="s">
         <v>266</v>
       </c>
-      <c r="N36" t="s">
+      <c r="O36" t="s">
         <v>267</v>
       </c>
-      <c r="O36" t="s">
+      <c r="P36" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>269</v>
+      </c>
+      <c r="B37" t="s">
         <v>270</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D37" t="s">
         <v>172</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
+        <v>272</v>
+      </c>
+      <c r="G37" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="H37">
         <v>2024</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>274</v>
       </c>
       <c r="K37" t="s">
         <v>46</v>
       </c>
       <c r="L37" t="s">
         <v>275</v>
       </c>
       <c r="M37" t="s">
         <v>276</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>277</v>
       </c>
       <c r="P37" t="s">
         <v>278</v>
@@ -3701,51 +3703,51 @@
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>34</v>
       </c>
       <c r="G44" t="s">
         <v>45</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>115</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>316</v>
       </c>
       <c r="N44" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="O44" t="s">
         <v>322</v>
       </c>
       <c r="P44" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>324</v>
       </c>
       <c r="B45" t="s">
         <v>325</v>
       </c>
       <c r="C45" t="s">
         <v>326</v>
       </c>
       <c r="D45" t="s">
         <v>62</v>
       </c>
       <c r="E45" t="s">
         <v>33</v>
       </c>
       <c r="F45" t="s">
@@ -3875,101 +3877,101 @@
       <c r="B48" t="s">
         <v>341</v>
       </c>
       <c r="C48" t="s">
         <v>342</v>
       </c>
       <c r="D48" t="s">
         <v>62</v>
       </c>
       <c r="E48" t="s">
         <v>33</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="K48" t="s">
         <v>46</v>
       </c>
       <c r="L48" t="s">
         <v>343</v>
       </c>
       <c r="M48" t="s">
         <v>344</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>345</v>
       </c>
       <c r="P48" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>347</v>
       </c>
       <c r="B49" t="s">
         <v>348</v>
       </c>
       <c r="C49" t="s">
         <v>342</v>
       </c>
       <c r="D49" t="s">
         <v>62</v>
       </c>
       <c r="E49" t="s">
         <v>33</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2002</v>
       </c>
       <c r="I49">
         <v>2021</v>
       </c>
       <c r="J49" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="K49" t="s">
         <v>46</v>
       </c>
       <c r="L49" t="s">
         <v>349</v>
       </c>
       <c r="M49" t="s">
         <v>344</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>350</v>
       </c>
       <c r="P49" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>352</v>
       </c>
       <c r="B50" t="s">
@@ -4052,72 +4054,72 @@
       </c>
       <c r="L51" t="s">
         <v>362</v>
       </c>
       <c r="M51" t="s">
         <v>363</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>364</v>
       </c>
       <c r="P51" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>366</v>
       </c>
       <c r="B52" t="s">
         <v>367</v>
       </c>
       <c r="C52" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D52" t="s">
         <v>368</v>
       </c>
       <c r="E52" t="s">
         <v>33</v>
       </c>
       <c r="F52" t="s">
         <v>34</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52">
         <v>2016</v>
       </c>
       <c r="J52" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="K52" t="s">
         <v>369</v>
       </c>
       <c r="L52" t="s">
         <v>370</v>
       </c>
       <c r="M52" t="s">
         <v>371</v>
       </c>
       <c r="N52" t="s">
         <v>372</v>
       </c>
       <c r="O52" t="s">
         <v>373</v>
       </c>
       <c r="P52" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>375</v>
       </c>
       <c r="B53" t="s">