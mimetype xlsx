--- v0 (2025-12-13)
+++ v1 (2026-03-29)
@@ -930,66 +930,66 @@
   <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
   </si>
   <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
     <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
     <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
@@ -3869,51 +3869,51 @@
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>297</v>
       </c>
       <c r="B43" t="s">
         <v>298</v>
       </c>
       <c r="C43" t="s">
         <v>299</v>
       </c>
       <c r="D43" t="s">
         <v>300</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
         <v>55</v>
       </c>
       <c r="H43">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>237</v>
       </c>
       <c r="K43" t="s">
         <v>46</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>301</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>302</v>
       </c>
       <c r="P43" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>304</v>