--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,298 +12,359 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -567,529 +628,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="131" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="353.771" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...323 lines deleted...]
-        <v>66</v>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>