--- v1 (2025-11-26)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -242,50 +242,53 @@
   <si>
     <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -642,51 +645,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1016,168 +1019,168 @@
       </c>
       <c r="P7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>72</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>73</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>73</v>
       </c>
       <c r="G10" t="s">
         <v>42</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>43</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">