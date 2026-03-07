--- v0 (2025-12-01)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -354,50 +354,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
   </si>
   <si>
     <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
@@ -1350,220 +1353,220 @@
       </c>
       <c r="P11" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>109</v>
       </c>
       <c r="B12" t="s">
         <v>110</v>
       </c>
       <c r="C12" t="s">
         <v>90</v>
       </c>
       <c r="D12" t="s">
         <v>111</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>49</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H12">
         <v>2002</v>
       </c>
       <c r="I12">
         <v>2007</v>
       </c>
       <c r="J12" t="s">
         <v>76</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M12" t="s">
         <v>95</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>82</v>
       </c>
       <c r="D13" t="s">
         <v>58</v>
       </c>
       <c r="E13" t="s">
         <v>59</v>
       </c>
       <c r="F13" t="s">
         <v>60</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
         <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>59</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>83</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>59</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2006</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">