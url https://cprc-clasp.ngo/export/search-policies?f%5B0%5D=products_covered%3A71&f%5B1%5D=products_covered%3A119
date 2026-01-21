--- v0 (2025-10-14)
+++ v1 (2026-01-21)
@@ -12,290 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -559,449 +608,500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="519.016" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="195.667" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...243 lines deleted...]
-        <v>64</v>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>