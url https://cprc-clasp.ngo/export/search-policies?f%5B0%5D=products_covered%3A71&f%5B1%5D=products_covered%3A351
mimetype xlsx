--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,344 +12,423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,653 +692,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="349.058" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...15 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1997</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>37</v>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...21 lines deleted...]
-      <c r="H5">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>50</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I5" t="s">
-[...25 lines deleted...]
-      <c r="C6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>50</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...316 lines deleted...]
-        <v>82</v>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>