--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,859 +12,1175 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1128,2347 +1444,2664 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>75</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>75</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>75</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>68</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>76</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>75</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>76</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>76</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>119</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>126</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>128</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>74</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>126</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>126</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>139</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>125</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" t="s">
+        <v>75</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>128</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
+        <v>75</v>
+      </c>
+      <c r="G22" t="s">
+        <v>54</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>150</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>156</v>
+      </c>
+      <c r="M22" t="s">
+        <v>128</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>125</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>74</v>
+      </c>
+      <c r="F23" t="s">
+        <v>75</v>
+      </c>
+      <c r="G23" t="s">
+        <v>54</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>150</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>128</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" t="s">
+        <v>75</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>150</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>165</v>
+      </c>
+      <c r="M24" t="s">
+        <v>128</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>170</v>
+      </c>
+      <c r="D25" t="s">
+        <v>171</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
-      </c>
-[...962 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H25">
         <v>2016</v>
       </c>
-      <c r="I25" t="s">
-        <v>47</v>
+      <c r="I25">
+        <v>2019</v>
       </c>
       <c r="J25" t="s">
+        <v>150</v>
+      </c>
+      <c r="K25" t="s">
+        <v>172</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>173</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>178</v>
+      </c>
+      <c r="D26" t="s">
+        <v>179</v>
+      </c>
+      <c r="E26" t="s">
+        <v>74</v>
+      </c>
+      <c r="F26" t="s">
+        <v>75</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>68</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>180</v>
+      </c>
+      <c r="M26" t="s">
+        <v>181</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>73</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...13 lines deleted...]
-      <c r="A26" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2005</v>
+      </c>
+      <c r="I27">
+        <v>2005</v>
+      </c>
+      <c r="J27" t="s">
+        <v>68</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>56</v>
+      </c>
+      <c r="M27" t="s">
+        <v>57</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>188</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>55</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>62</v>
+      </c>
+      <c r="M28" t="s">
+        <v>189</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29">
+        <v>1989</v>
+      </c>
+      <c r="I29">
+        <v>2025</v>
+      </c>
+      <c r="J29" t="s">
+        <v>194</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>195</v>
+      </c>
+      <c r="M29" t="s">
+        <v>196</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>55</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>62</v>
+      </c>
+      <c r="M30" t="s">
+        <v>189</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>205</v>
+      </c>
+      <c r="D31" t="s">
+        <v>206</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
+        <v>207</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>208</v>
+      </c>
+      <c r="M31" t="s">
+        <v>209</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>210</v>
+      </c>
+      <c r="P31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>207</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>215</v>
+      </c>
+      <c r="M32" t="s">
+        <v>209</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>216</v>
+      </c>
+      <c r="P32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
         <v>125</v>
       </c>
-      <c r="B26" t="s">
-[...23 lines deleted...]
-      <c r="J26" t="s">
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>74</v>
+      </c>
+      <c r="F33" t="s">
+        <v>75</v>
+      </c>
+      <c r="G33" t="s">
+        <v>54</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>126</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>139</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" t="s">
+        <v>179</v>
+      </c>
+      <c r="E34" t="s">
+        <v>74</v>
+      </c>
+      <c r="F34" t="s">
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>225</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>226</v>
+      </c>
+      <c r="M34" t="s">
+        <v>227</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>228</v>
+      </c>
+      <c r="P34" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>230</v>
+      </c>
+      <c r="B35" t="s">
+        <v>231</v>
+      </c>
+      <c r="C35" t="s">
+        <v>232</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>74</v>
+      </c>
+      <c r="F35" t="s">
+        <v>75</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2012</v>
+      </c>
+      <c r="J35" t="s">
+        <v>233</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>234</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
+        <v>53</v>
+      </c>
+      <c r="C36" t="s">
+        <v>232</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>74</v>
+      </c>
+      <c r="F36" t="s">
+        <v>75</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2010</v>
+      </c>
+      <c r="J36" t="s">
+        <v>238</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>234</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>239</v>
+      </c>
+      <c r="P36" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>241</v>
+      </c>
+      <c r="B37" t="s">
+        <v>242</v>
+      </c>
+      <c r="C37" t="s">
+        <v>243</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...31 lines deleted...]
-      <c r="G27">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37">
         <v>2020</v>
       </c>
-      <c r="H27"/>
-[...3 lines deleted...]
-      <c r="J27" t="s">
+      <c r="J37" t="s">
+        <v>244</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>245</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>246</v>
+      </c>
+      <c r="P37" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
+        <v>243</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...40 lines deleted...]
-      <c r="J28" t="s">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>244</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>245</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>249</v>
+      </c>
+      <c r="P38" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" t="s">
+        <v>252</v>
+      </c>
+      <c r="C39" t="s">
+        <v>243</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>253</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>245</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>258</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K28" t="s">
-[...31 lines deleted...]
-      <c r="G29">
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>259</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>260</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>261</v>
+      </c>
+      <c r="P40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>263</v>
+      </c>
+      <c r="B41" t="s">
+        <v>264</v>
+      </c>
+      <c r="C41" t="s">
+        <v>265</v>
+      </c>
+      <c r="D41" t="s">
+        <v>266</v>
+      </c>
+      <c r="E41" t="s">
+        <v>74</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>54</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>244</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>267</v>
+      </c>
+      <c r="M41" t="s">
+        <v>268</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>273</v>
+      </c>
+      <c r="D42" t="s">
+        <v>149</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>2024</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>274</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>275</v>
+      </c>
+      <c r="M42" t="s">
+        <v>276</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>277</v>
+      </c>
+      <c r="P42" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>279</v>
+      </c>
+      <c r="B43" t="s">
+        <v>280</v>
+      </c>
+      <c r="C43" t="s">
+        <v>281</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43">
         <v>2021</v>
       </c>
-      <c r="H29"/>
-[...3 lines deleted...]
-      <c r="J29" t="s">
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>207</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>282</v>
+      </c>
+      <c r="M43" t="s">
+        <v>283</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>284</v>
+      </c>
+      <c r="P43" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>286</v>
+      </c>
+      <c r="B44" t="s">
+        <v>287</v>
+      </c>
+      <c r="C44" t="s">
+        <v>288</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>74</v>
+      </c>
+      <c r="F44" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>289</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>290</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>291</v>
+      </c>
+      <c r="P44" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>293</v>
+      </c>
+      <c r="B45" t="s">
+        <v>294</v>
+      </c>
+      <c r="C45" t="s">
+        <v>295</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>296</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>297</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>298</v>
+      </c>
+      <c r="P45" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>300</v>
+      </c>
+      <c r="B46" t="s">
+        <v>301</v>
+      </c>
+      <c r="C46" t="s">
+        <v>302</v>
+      </c>
+      <c r="D46" t="s">
+        <v>303</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2017</v>
+      </c>
+      <c r="I46">
+        <v>2021</v>
+      </c>
+      <c r="J46" t="s">
+        <v>304</v>
+      </c>
+      <c r="K46" t="s">
+        <v>305</v>
+      </c>
+      <c r="L46" t="s">
+        <v>306</v>
+      </c>
+      <c r="M46" t="s">
+        <v>307</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>308</v>
+      </c>
+      <c r="P46" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>310</v>
+      </c>
+      <c r="B47" t="s">
+        <v>311</v>
+      </c>
+      <c r="C47" t="s">
+        <v>281</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>74</v>
+      </c>
+      <c r="F47" t="s">
+        <v>75</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>296</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>312</v>
+      </c>
+      <c r="M47" t="s">
+        <v>313</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>314</v>
+      </c>
+      <c r="P47" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>316</v>
+      </c>
+      <c r="B48" t="s">
+        <v>317</v>
+      </c>
+      <c r="C48" t="s">
+        <v>281</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>74</v>
+      </c>
+      <c r="F48" t="s">
+        <v>75</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>296</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>318</v>
+      </c>
+      <c r="M48" t="s">
+        <v>313</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>319</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>320</v>
+      </c>
+      <c r="B49" t="s">
+        <v>321</v>
+      </c>
+      <c r="C49" t="s">
+        <v>322</v>
+      </c>
+      <c r="D49" t="s">
+        <v>323</v>
+      </c>
+      <c r="E49" t="s">
+        <v>74</v>
+      </c>
+      <c r="F49" t="s">
+        <v>75</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2017</v>
+      </c>
+      <c r="J49" t="s">
+        <v>244</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>324</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>325</v>
+      </c>
+      <c r="P49" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>327</v>
+      </c>
+      <c r="B50" t="s">
+        <v>328</v>
+      </c>
+      <c r="C50" t="s">
+        <v>281</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...34 lines deleted...]
-      <c r="H30">
+      <c r="G50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>289</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>329</v>
+      </c>
+      <c r="M50" t="s">
+        <v>283</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>330</v>
+      </c>
+      <c r="P50" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>332</v>
+      </c>
+      <c r="B51" t="s">
+        <v>333</v>
+      </c>
+      <c r="C51" t="s">
+        <v>111</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
+        <v>2019</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>334</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>113</v>
+      </c>
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="O51" t="s">
+        <v>335</v>
+      </c>
+      <c r="P51" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>337</v>
+      </c>
+      <c r="B52" t="s">
+        <v>338</v>
+      </c>
+      <c r="C52" t="s">
+        <v>224</v>
+      </c>
+      <c r="D52" t="s">
+        <v>179</v>
+      </c>
+      <c r="E52" t="s">
+        <v>74</v>
+      </c>
+      <c r="F52" t="s">
+        <v>75</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>339</v>
+      </c>
+      <c r="M52" t="s">
+        <v>340</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>341</v>
+      </c>
+      <c r="P52" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>343</v>
+      </c>
+      <c r="B53" t="s">
+        <v>344</v>
+      </c>
+      <c r="C53" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" t="s">
+        <v>345</v>
+      </c>
+      <c r="E53" t="s">
+        <v>74</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
         <v>2016</v>
       </c>
-      <c r="I30" t="s">
-[...759 lines deleted...]
-      <c r="K48" t="s">
+      <c r="I53"/>
+      <c r="J53" t="s">
         <v>225</v>
       </c>
-      <c r="L48" t="s">
-[...207 lines deleted...]
-      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>32</v>
+        <v>346</v>
       </c>
       <c r="N53" t="s">
-        <v>245</v>
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>347</v>
+      </c>
+      <c r="P53" t="s">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>