--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -12,322 +12,386 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -591,531 +655,594 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2025</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>41</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="J2" t="s">
-[...11 lines deleted...]
-      <c r="N2" t="s">
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...213 lines deleted...]
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
         <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8">
         <v>2022</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
         <v>65</v>
       </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>41</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
     </row>
-    <row r="9" spans="1:14">
-      <c r="A9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>66</v>
       </c>
-      <c r="B9" t="s">
-[...69 lines deleted...]
-      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
-        <v>74</v>
+        <v>41</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>