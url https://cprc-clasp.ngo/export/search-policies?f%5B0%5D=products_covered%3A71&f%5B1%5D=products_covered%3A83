--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -12,280 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -549,487 +608,544 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="390.333" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...283 lines deleted...]
-        <v>60</v>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>