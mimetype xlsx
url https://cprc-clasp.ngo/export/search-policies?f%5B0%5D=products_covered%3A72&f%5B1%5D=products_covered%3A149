--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,248 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
+  </si>
+  <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,365 +554,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="529.585" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="228.801" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...55 lines deleted...]
-      <c r="D4" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
         <v>39</v>
       </c>
-      <c r="E4" t="s">
-[...111 lines deleted...]
-        <v>52</v>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>