--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -1360,54 +1360,54 @@
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>105</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
-      <c r="H13">
+      <c r="H13"/>
+      <c r="I13">
         <v>2024</v>
       </c>
-      <c r="I13"/>
       <c r="J13" t="s">
         <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
         <v>108</v>
       </c>
       <c r="P13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>110</v>
       </c>
       <c r="B14" t="s">