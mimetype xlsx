--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -203,51 +203,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>