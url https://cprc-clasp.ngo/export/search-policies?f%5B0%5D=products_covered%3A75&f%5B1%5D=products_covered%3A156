--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -1493,51 +1493,51 @@
       </c>
       <c r="L10" t="s">
         <v>94</v>
       </c>
       <c r="M10" t="s">
         <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>36</v>
       </c>
       <c r="O10" t="s">
         <v>96</v>
       </c>
       <c r="P10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>98</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
         <v>42</v>
       </c>
       <c r="E11" t="s">
         <v>52</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>100</v>
       </c>
       <c r="H11">
         <v>2025</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>101</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>102</v>