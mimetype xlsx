--- v0 (2025-12-01)
+++ v1 (2026-03-05)
@@ -1275,51 +1275,51 @@
       </c>
       <c r="L8" t="s">
         <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>80</v>
       </c>
       <c r="N8" t="s">
         <v>81</v>
       </c>
       <c r="O8" t="s">
         <v>82</v>
       </c>
       <c r="P8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>84</v>
       </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>86</v>
       </c>
       <c r="H9">
         <v>2025</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>87</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>88</v>