--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -1896,54 +1896,54 @@
         <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>149</v>
       </c>
       <c r="B19" t="s">
         <v>150</v>
       </c>
       <c r="C19" t="s">
         <v>151</v>
       </c>
       <c r="D19" t="s">
         <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
-      <c r="H19">
+      <c r="H19"/>
+      <c r="I19">
         <v>2024</v>
       </c>
-      <c r="I19"/>
       <c r="J19" t="s">
         <v>153</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>154</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
         <v>155</v>
       </c>
       <c r="P19" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>157</v>
       </c>
       <c r="B20" t="s">