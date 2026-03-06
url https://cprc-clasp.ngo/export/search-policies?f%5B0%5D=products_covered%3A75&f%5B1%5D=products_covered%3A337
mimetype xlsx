--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="362">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -814,67 +814,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
@@ -1049,50 +1049,53 @@
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
     <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
     <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
@@ -3778,270 +3781,270 @@
       </c>
       <c r="P47" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>332</v>
       </c>
       <c r="B48" t="s">
         <v>333</v>
       </c>
       <c r="C48" t="s">
         <v>282</v>
       </c>
       <c r="D48" t="s">
         <v>334</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>99</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>335</v>
       </c>
       <c r="H48">
         <v>2002</v>
       </c>
       <c r="I48">
         <v>2007</v>
       </c>
       <c r="J48" t="s">
         <v>247</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M48" t="s">
         <v>285</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P48" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C49" t="s">
         <v>269</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>43</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49">
         <v>2019</v>
       </c>
       <c r="J49" t="s">
         <v>247</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="M49" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P49" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B50" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C50" t="s">
         <v>269</v>
       </c>
       <c r="D50" t="s">
         <v>270</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>272</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P50" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B51" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C51" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D51" t="s">
         <v>98</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>99</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>167</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
         <v>100</v>
       </c>
       <c r="M51" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P51" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B52" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C52" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D52" t="s">
         <v>61</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>99</v>
       </c>
       <c r="G52" t="s">
         <v>54</v>
       </c>
       <c r="H52">
         <v>2014</v>
       </c>
       <c r="I52">
         <v>2019</v>
       </c>
       <c r="J52" t="s">
         <v>69</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P52" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">