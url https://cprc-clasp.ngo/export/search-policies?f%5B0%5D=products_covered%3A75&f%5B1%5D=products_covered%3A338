--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -365,69 +365,69 @@
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
+    <t>China</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
     <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
@@ -594,50 +594,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1697,68 +1700,70 @@
       </c>
       <c r="L10" t="s">
         <v>98</v>
       </c>
       <c r="M10" t="s">
         <v>99</v>
       </c>
       <c r="N10" t="s">
         <v>100</v>
       </c>
       <c r="O10" t="s">
         <v>101</v>
       </c>
       <c r="P10" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>103</v>
       </c>
       <c r="B11" t="s">
         <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="D11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E11" t="s">
         <v>60</v>
       </c>
       <c r="F11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G11" t="s">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
         <v>2024</v>
       </c>
-      <c r="I11"/>
       <c r="J11" t="s">
         <v>108</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>109</v>
       </c>
       <c r="N11" t="s">
         <v>36</v>
       </c>
       <c r="O11" t="s">
         <v>110</v>
       </c>
       <c r="P11" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>112</v>
       </c>
       <c r="B12" t="s">
@@ -2176,559 +2181,559 @@
       </c>
       <c r="M20" t="s">
         <v>173</v>
       </c>
       <c r="N20" t="s">
         <v>174</v>
       </c>
       <c r="O20" t="s">
         <v>175</v>
       </c>
       <c r="P20" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>177</v>
       </c>
       <c r="B21" t="s">
         <v>178</v>
       </c>
       <c r="C21" t="s">
         <v>179</v>
       </c>
       <c r="D21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>180</v>
       </c>
       <c r="G21" t="s">
-        <v>107</v>
+        <v>181</v>
       </c>
       <c r="H21">
         <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M21" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P21" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C22" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D22" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P22" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B23" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C23" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D23" t="s">
         <v>32</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>80</v>
       </c>
       <c r="G23" t="s">
         <v>42</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2018</v>
       </c>
       <c r="J23" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M23" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P23" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B24" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C24" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>60</v>
       </c>
       <c r="F24" t="s">
         <v>61</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>62</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P24" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B25" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C25" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D25" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2016</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>81</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P25" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B26" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D26" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>81</v>
       </c>
       <c r="K26" t="s">
         <v>161</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N26" t="s">
         <v>174</v>
       </c>
       <c r="O26" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P26" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B27" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C27" t="s">
         <v>31</v>
       </c>
       <c r="D27" t="s">
         <v>32</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>34</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P27" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B28" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C28" t="s">
         <v>150</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="G28" t="s">
         <v>42</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M28" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P28" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B29" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29" t="s">
         <v>151</v>
       </c>
       <c r="E29" t="s">
         <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>153</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P29" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C30" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D30" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>80</v>
       </c>
       <c r="G30" t="s">
         <v>42</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M30" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P30" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B31" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C31" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D31" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E31" t="s">
         <v>60</v>
       </c>
       <c r="F31" t="s">
         <v>33</v>
       </c>
       <c r="G31" t="s">
         <v>42</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2016</v>
       </c>
       <c r="J31" t="s">
         <v>170</v>
       </c>
       <c r="K31" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="L31" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M31" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N31" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="O31" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P31" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">