--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,621 +12,821 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -890,1491 +1090,1688 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
+        <v>102</v>
+      </c>
+      <c r="G12" t="s">
+        <v>103</v>
+      </c>
+      <c r="H12">
+        <v>2023</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>112</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>45</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>128</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>43</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" t="s">
+        <v>66</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>148</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...182 lines deleted...]
-      <c r="F7" t="s">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
+      <c r="E20" t="s">
+        <v>65</v>
+      </c>
+      <c r="F20" t="s">
+        <v>66</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
         <v>2010</v>
       </c>
-      <c r="H7">
-[...37 lines deleted...]
-      <c r="F8" t="s">
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>155</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...353 lines deleted...]
-      <c r="K16" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>102</v>
       </c>
-      <c r="L16" t="s">
-[...199 lines deleted...]
-        <v>2002</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2002</v>
       </c>
-      <c r="I21" t="s">
-        <v>124</v>
+      <c r="I21">
+        <v>2002</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K21" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>126</v>
+        <v>165</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N21" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="C22" t="s">
-        <v>28</v>
+        <v>163</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>102</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>124</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
+        <v>164</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>174</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...29 lines deleted...]
-      <c r="G23">
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
         <v>2022</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>147</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>65</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...29 lines deleted...]
-      <c r="G24">
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
         <v>2003</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
+        <v>148</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>147</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...28 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2005</v>
+      </c>
+      <c r="J25" t="s">
+        <v>111</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>149</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>187</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26" t="s">
+        <v>147</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>111</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>149</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>193</v>
+      </c>
+      <c r="D27" t="s">
+        <v>194</v>
+      </c>
+      <c r="E27" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" t="s">
+        <v>195</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>196</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>197</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>193</v>
+      </c>
+      <c r="D28" t="s">
+        <v>202</v>
+      </c>
+      <c r="E28" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" t="s">
+        <v>195</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>196</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
+        <v>208</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>209</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" t="s">
         <v>19</v>
       </c>
-      <c r="G25">
-[...8 lines deleted...]
-      <c r="J25" t="s">
+      <c r="E30" t="s">
+        <v>65</v>
+      </c>
+      <c r="F30" t="s">
+        <v>102</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>111</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>105</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>219</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>65</v>
+      </c>
+      <c r="F31" t="s">
+        <v>66</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>94</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>220</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>221</v>
+      </c>
+      <c r="P31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" t="s">
+        <v>224</v>
+      </c>
+      <c r="C32" t="s">
+        <v>193</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" t="s">
+        <v>42</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>140</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>225</v>
+      </c>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>193</v>
+      </c>
+      <c r="D33" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...315 lines deleted...]
-      <c r="G33">
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N33" t="s">
-        <v>171</v>
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>